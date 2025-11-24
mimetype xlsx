--- v0 (2025-10-05)
+++ v1 (2025-11-24)
@@ -12,107 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>proceso</t>
   </si>
   <si>
     <t>fecha_inicio</t>
   </si>
   <si>
     <t>fecha_fin</t>
   </si>
   <si>
     <t>estado</t>
   </si>
   <si>
     <t>years</t>
   </si>
   <si>
+    <t>Provisión temporal, en comisión de servicios de carácter voluntario, de (3) tres puestos de Policía Local C1</t>
+  </si>
+  <si>
+    <t>2025-11-03T00:00:00.000000Z</t>
+  </si>
+  <si>
+    <t>03-11-2025</t>
+  </si>
+  <si>
+    <t>En proceso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nombre: Anuncio BOP Las Palmas Convocatoria y Bases , Fecha: 03/11/2025, Enlace: https://transparencia.galdar.es/storage/uploads/176355069520251103_Otros_BOP%20LP%20132%20del%203-11-2025%20-%20Anuncio%20Bases%20Comisi%C3%B3n%20de%20Servicio%203%20puestos%20Polic%C3%ADa%20Local%20(1).pdf - </t>
+  </si>
+  <si>
     <t>Convocatoria para la provisión de dos (2) Plazas de Técnico/a de Gestión del Excmo. Ayuntamiento de Gáldar, por el turno de promoción interna y mediante el sistema de concurso-oposición y con el carácter de funcionario/a de carrera.</t>
   </si>
   <si>
     <t>2025-06-16T00:00:00.000000Z</t>
   </si>
   <si>
     <t>16-06-2025</t>
   </si>
   <si>
-    <t>En proceso</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Nombre: Anuncio BOE: Presentación de solicitudes (28 de agosto de 2025 al 25 de septiembre de 2025, ambos inclusive), Fecha: 27/08/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1756280285BOE-A-2025-17226.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la provisión de once (11) plazas de Administrativo/a del Excmo. Ayuntamiento de Gáldar, por el turno de promoción interna y mediante el sistema de concurso-oposición y con el carácter de personal laboral fijo.</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: ANEXO III Modelo de instancias, sólo presentaciones presencial , Fecha: 15/09/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1757663034Anexo%20III%20s%C3%B3lo%20presencial%20.docx - </t>
   </si>
   <si>
     <t>Convocatoria pública para el ingreso, por el turno libre de una (1) Plaza de Ingeniero/a Industrial, Rama Eléctrica del Excmo. Ayuntamiento de Gáldar, mediante el sistema de concurso-oposición y con el carácter de funcionario/a de carrera.</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Publicación BOP Las Palmas de: fe de erratas de las bases específicas para una plaza de Ingeniero/a Industrial (A1, OEP 2025), Fecha: 22/09/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1758523694anuncio%20Aclaraci%C3%B3n%20errores%20Bases%20Espec%C3%ADficas%20Ingeniero-a.pdf - </t>
   </si>
   <si>
     <t xml:space="preserve"> Convocatoria pública para el ingreso, por el turno libre de cuatro (4) plazas de Técnico/a de la Administración General, grupo A, subgrupo A.1, perteneciente a la escala de la administración general, subescala técnica y clase superior del personal funcionario correspondiente a la oferta pública de empleo de 2025</t>
   </si>
   <si>
     <t>2025-04-11T00:00:00.000000Z</t>
   </si>
   <si>
     <t>31-12-2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre: Lista Provisional de Admitidos/as y Excluidos/as, Fecha: 09/07/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1752479981anuncio%20lista%20prov%20tag.pdf - </t>
+    <t xml:space="preserve">Nombre: Anuncio de Calificaciones Definitivas con Identificación del 1er Ejercicio  y llamammiento al 2º Ejercicio, Fecha: 18/11/2025, Enlace: https://transparencia.galdar.es/storage/uploads/176355957420251117_Otros_ANUNCIO%20DE%20CALIFICACIONES%20DEFINITIVAS%20PRIMER%20EJERCICIO%20Y%20LLAMAMIENTO%202%C2%B0%20EJERCICIO.pdf - </t>
   </si>
   <si>
     <t>Proceso de selección para el nombramiento de 3 policías locales (C.1) como funcionarios de Carrera correspondientes a las Ofertas de Empleo Público de 2022 y 2023</t>
   </si>
   <si>
     <t>2024-04-23T00:00:00.000000Z</t>
   </si>
   <si>
     <t>22-05-2024</t>
   </si>
   <si>
     <t>Cerrado</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio BOP Las Palmas por el que se efectúa el nombramiento como funcionarios de carrera de 3 plazas de policía local , Fecha: 22/09/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1758523697Anuncio%20Nombramiento%203%20Polic%C3%ADas.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 2 plaza/s en la categoría de electricista, por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
   <si>
     <t>2024-04-17T00:00:00.000000Z</t>
   </si>
   <si>
     <t>16-05-2024</t>
   </si>
@@ -239,51 +251,51 @@
   <si>
     <t xml:space="preserve">Nombre: Calificaciones definitivas y bolsa de empleo, Fecha: 23/09/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1727116524RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%20PROFESOR%20DE%20M%C3%9ASICA%20PIANO.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 1 plaza/s en la categoría de periodista, por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Calificaciones definitivas , Fecha: 23/09/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1727116694RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%20PERIODISTA.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 2 plaza/s en la categoría de subalterno/a, por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Calificaciones definitivas y bolsa de empleo , Fecha: 23/09/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1727117063RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%20SUBALTERNO.pdf - </t>
   </si>
   <si>
     <t>Convocatoria pública para el ingreso, por el turno libre de una (1) plaza de Técnico Superior, Categoría de Arquitecto, grupo A, subgrupo A.1, perteneciente a la escala de la administración especial, subescala técnica y clase superior del personal funcionario correspondiente a la oferta pública de empleo de 2023</t>
   </si>
   <si>
     <t>2024-03-18T00:00:00.000000Z</t>
   </si>
   <si>
     <t>18-03-2024</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre: Calificaciones Definitivas del Primer Ejercicio y fijación de fecha de celebración 2º Ejercicio, Fecha: 30/07/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1753869122Anuncio%20Notas%20Def%20Primer%20ej_Fecha%20Seg%20Examen.pdf - </t>
+    <t xml:space="preserve">Nombre: Resolución del Tribunal Calificador Calificaciones Definitivas del Segundo Ejercicio y Propuesta de declaración desierta del proceso. , Fecha: 13/11/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1763038218Anuncio%20Calificaciones%20Def%202%C2%BA%20Ej%20.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 2 plaza/s en la categoría de abogado/a, (Letrado consistorial) por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
   <si>
     <t>2024-02-19T00:00:00.000000Z</t>
   </si>
   <si>
     <t>15-02-2024</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio notas definitivas , Fecha: 23/10/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1729683090RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%20ABOGADO.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 10 plaza/s en la categoría de administrativo/a, por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
   <si>
     <t>15-03-2024</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio de notas definitivas , Fecha: 23/10/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1729683042RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%2010%20PLAZAS%20DE%20ADMINISTRATIVO.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la cobertura de 2 plaza/s en la categoría de agente de desarrollo local, por turno libre, mediante concurso de méritos, como personal laboral fijo por estabilización</t>
   </si>
@@ -536,69 +548,69 @@
   <si>
     <t xml:space="preserve">Nombre: Calificaciones definitivas y bolsa de empleo, Fecha: 23/09/2024, Enlace: https://transparencia.galdar.es/storage/uploads/1727118105RESOLUCI%C3%93N%20NOTAS%20DEFINITIVAS%20VIGILANTE%20NOCTURNO.pdf - </t>
   </si>
   <si>
     <t>Convocatoria pública que regirá el procedimiento selectivo de una (1) plaza de técnico superior del área de urbanismo (licenciado o graduado en derecho), grupo A, subgrupo A.1, perteneciente a la escala de la administración especial, subescala técnica y clase superior del personal funcionario, correspondiente a la Oferta Pública de Empleo de 2023</t>
   </si>
   <si>
     <t>2024-02-16T00:00:00.000000Z</t>
   </si>
   <si>
     <t>06-03-2025</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio BOP: NOMBRAMIENTO COMO FUNCIONARIA DE CARRERA , Fecha: 14/03/2025, Enlace: https://transparencia.galdar.es/storage/uploads/174193910920250314_Otros_NOMBRAMIENTO%20FUNCIONARIA%20DE%20CARRERA%20%20ADRIANA%20MENDOZA%20SU%C3%81REZ.pdf - </t>
   </si>
   <si>
     <t xml:space="preserve">Convocatoria pública para el ingreso, por el turno libre de una (1) plaza de Técnico Superior del Área de Planificación y Gestión Económica (Contratación Pública) (Licenciado / graduado en Derecho), grupo A, subgrupo A.1, perteneciente a la escala de la administración especial, subescala técnica y clase superior del personal funcionario correspondiente a la oferta pública de empleo de 2023 </t>
   </si>
   <si>
     <t>2024-02-13T00:00:00.000000Z</t>
   </si>
   <si>
     <t>11-03-2024</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre: Anuncio BOP Nombramiento funcionaria de Carrera , Fecha: 24/03/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1742889054Bolet%C3%ADn%2024.3.25-A_BOLETIN%20MAQUETA_2007.pdf - </t>
+    <t xml:space="preserve">Nombre: Caso práctico, tercer ejercicio , Fecha: 20/02/2025, Enlace: https://transparencia.galdar.es/storage/uploads/1763543063Examen%20Caso%20Pr%C3%A1ctico%20Contrataci%C3%B3n.pdf - </t>
   </si>
   <si>
     <t>Convocatoria pública para el ingreso, por el turno libre de una (1) plaza de técnico superior del área de gestión económica-financiera y presupuestaria, grupo A, subgrupo A.1 (Economista), perteneciente a la escala de la administración especial, subescala técnica y clase superior del personal funcionario correspondiente a la oferta pública de empleo de 2023</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio BOP: NOMBRAMIENTO FUNCIONARIA DE CARRERA, Fecha: 14/03/2025, Enlace: https://transparencia.galdar.es/storage/uploads/174193910520250314_Otros_NOMBRAMIENTO%20FUNCIONARIA%20DE%20CARRERA%20D%C2%AA%20LEA%20CUY%C3%81S%20PADR%C3%93N.pdf - </t>
   </si>
   <si>
     <t>Convocatoria para la provisión de (1) una plaza de oficial/oficiala del cuerpo de la policía local del Excmo. Ayuntamiento de Gáldar, por el turno de promoción interna y mediante el sistema de concurso-oposición.</t>
   </si>
   <si>
     <t>2023-12-09T00:00:00.000000Z</t>
   </si>
   <si>
     <t>09-12-2023</t>
   </si>
   <si>
-    <t xml:space="preserve">Nombre: Convocatoria BOE: ( Plazo de presentación de solicitudes desde 5/09/2025-03/10/2025 ambos inclusive) , Fecha: 04/09/2025, Enlace: https://transparencia.galdar.es/storage/uploads/175697047320250904_Otros_ANUNCIO%20APERTURA%20DE%20PLAZO%20PRESENTACI%C3%93N%20DE%20INSTANCIAS%20PLAZA%20DE%20OFICIAL_ALA%20%20POR%20PROMOCI%C3%93N%20INTERNA.pdf - </t>
+    <t xml:space="preserve">Nombre: Calificaciones provisionales sin identificaciones de la primera prueba, examen tipo test, celebrada el día 14/11/2025, Fecha: 20/11/2025, Enlace: https://transparencia.galdar.es/storage/uploads/176396972920251120_Publicaci%C3%B3n_Anuncio_ANUNCIO%20CALIFICACIONES%20PROVISIONALES%20SIN%20IDENTIFICACI%C3%93N%20EXAMEN%20TIPO%20TEST.pdf - </t>
   </si>
   <si>
     <t>Proceso de selección para generar bolsa de empleo en la categoría de Agente de Desarrollo Local en régimen de laboral temporal</t>
   </si>
   <si>
     <t>2023-09-14T00:00:00.000000Z</t>
   </si>
   <si>
     <t>20-09-2023</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Bolsa definitiva de Agente de Desarrollo Local , Fecha: 21/11/2023, Enlace: https://transparencia.galdar.es/storage/uploads/1700557700LISTADO%20DEFINITIVO%20BOLSA%20DE%20EMPLEO%20ADL.pdf - </t>
   </si>
   <si>
     <t>Proceso de selección para ampliar la bolsa ya generada de personal de limpieza para futuras contrataciones en régimen de laboral temporal</t>
   </si>
   <si>
     <t>2023-08-14T00:00:00.000000Z</t>
   </si>
   <si>
     <t>28-08-2023</t>
   </si>
   <si>
     <t xml:space="preserve">Nombre: Anuncio de calificaciones definitivas , Fecha: 18/10/2023, Enlace: https://transparencia.galdar.es/storage/uploads/1697643932Anuncio%20notas%20definitivas%20limpiador.pdf - </t>
   </si>
@@ -1209,2520 +1221,2543 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z106"/>
+  <dimension ref="A1:Z107"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="464" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="414" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="406" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>9</v>
       </c>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="B6" t="s">
         <v>19</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6">
+        <v>2025</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>105</v>
+        <v>54</v>
       </c>
       <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7" t="s">
         <v>24</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>25</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B9" t="s">
+        <v>32</v>
+      </c>
+      <c r="C9" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" t="s">
         <v>30</v>
       </c>
-      <c r="C9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="1">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B10" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="1">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B11" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="1">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="1">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C13" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="1">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="1">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="1">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E16" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="1">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E17" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F17">
         <v>2024</v>
       </c>
       <c r="G17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="1">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E18" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F18">
         <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="1">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D19" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F19">
         <v>2024</v>
       </c>
       <c r="G19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="1">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B20" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C20" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D20" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E20" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F20">
         <v>2024</v>
       </c>
       <c r="G20" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="1">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B21" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D21" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F21">
         <v>2024</v>
       </c>
       <c r="G21" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" s="1">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C22" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D22" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E22" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F22">
         <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" s="1">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B23" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C23" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D23" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E23" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F23">
         <v>2024</v>
       </c>
       <c r="G23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" s="1">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C24" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D24" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E24" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F24">
         <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" s="1">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C25" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D25" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E25" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F25">
         <v>2024</v>
       </c>
       <c r="G25" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" s="1">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D26" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E26" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F26">
         <v>2024</v>
       </c>
       <c r="G26" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" s="1">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D27" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E27" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F27">
         <v>2024</v>
       </c>
       <c r="G27" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" s="1">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B28" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C28" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D28" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E28" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F28">
         <v>2024</v>
       </c>
       <c r="G28" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" s="1">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B29" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D29" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E29" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F29">
         <v>2024</v>
       </c>
       <c r="G29" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" s="1">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
-        <v>73</v>
+        <v>29</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="E30" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F30">
         <v>2024</v>
       </c>
       <c r="G30" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" s="1">
-        <v>59</v>
+        <v>103</v>
       </c>
       <c r="B31" t="s">
         <v>76</v>
       </c>
       <c r="C31" t="s">
         <v>77</v>
       </c>
       <c r="D31" t="s">
         <v>78</v>
       </c>
       <c r="E31" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F31">
         <v>2024</v>
       </c>
       <c r="G31" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" s="1">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B32" t="s">
         <v>80</v>
       </c>
       <c r="C32" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D32" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E32" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F32">
         <v>2024</v>
       </c>
       <c r="G32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" s="1">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B33" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D33" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E33" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F33">
         <v>2024</v>
       </c>
       <c r="G33" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" s="1">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C34" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D34" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E34" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F34">
         <v>2024</v>
       </c>
       <c r="G34" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" s="1">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C35" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D35" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E35" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F35">
         <v>2024</v>
       </c>
       <c r="G35" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" s="1">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B36" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E36" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F36">
         <v>2024</v>
       </c>
       <c r="G36" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" s="1">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B37" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C37" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D37" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E37" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F37">
         <v>2024</v>
       </c>
       <c r="G37" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" s="1">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B38" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C38" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D38" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E38" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F38">
         <v>2024</v>
       </c>
       <c r="G38" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" s="1">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B39" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C39" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D39" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E39" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F39">
         <v>2024</v>
       </c>
       <c r="G39" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" s="1">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B40" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C40" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D40" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E40" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F40">
         <v>2024</v>
       </c>
       <c r="G40" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" s="1">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B41" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C41" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D41" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E41" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F41">
         <v>2024</v>
       </c>
       <c r="G41" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" s="1">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B42" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C42" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D42" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E42" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F42">
         <v>2024</v>
       </c>
       <c r="G42" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" s="1">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B43" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C43" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D43" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E43" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F43">
         <v>2024</v>
       </c>
       <c r="G43" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" s="1">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B44" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D44" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E44" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F44">
         <v>2024</v>
       </c>
       <c r="G44" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" s="1">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B45" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C45" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D45" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E45" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F45">
         <v>2024</v>
       </c>
       <c r="G45" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" s="1">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B46" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C46" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D46" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E46" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F46">
         <v>2024</v>
       </c>
       <c r="G46" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" s="1">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B47" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C47" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D47" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E47" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F47">
         <v>2024</v>
       </c>
       <c r="G47" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" s="1">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B48" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C48" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D48" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E48" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F48">
         <v>2024</v>
       </c>
       <c r="G48" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" s="1">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B49" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C49" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D49" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E49" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F49">
         <v>2024</v>
       </c>
       <c r="G49" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" s="1">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B50" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C50" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D50" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E50" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F50">
         <v>2024</v>
       </c>
       <c r="G50" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" s="1">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B51" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D51" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E51" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F51">
         <v>2024</v>
       </c>
       <c r="G51" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" s="1">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B52" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C52" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D52" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E52" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F52">
         <v>2024</v>
       </c>
       <c r="G52" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" s="1">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B53" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C53" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D53" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E53" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F53">
         <v>2024</v>
       </c>
       <c r="G53" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" s="1">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B54" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C54" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D54" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E54" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F54">
         <v>2024</v>
       </c>
       <c r="G54" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" s="1">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B55" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C55" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D55" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E55" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F55">
         <v>2024</v>
       </c>
       <c r="G55" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" s="1">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B56" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C56" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D56" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E56" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F56">
         <v>2024</v>
       </c>
       <c r="G56" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" s="1">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C57" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D57" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E57" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F57">
         <v>2024</v>
       </c>
       <c r="G57" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" s="1">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B58" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C58" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D58" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E58" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F58">
         <v>2024</v>
       </c>
       <c r="G58" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" s="1">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B59" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C59" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D59" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E59" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F59">
         <v>2024</v>
       </c>
       <c r="G59" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" s="1">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B60" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C60" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D60" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E60" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F60">
         <v>2024</v>
       </c>
       <c r="G60" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" s="1">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B61" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C61" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D61" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E61" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F61">
         <v>2024</v>
       </c>
       <c r="G61" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" s="1">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B62" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C62" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D62" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E62" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F62">
         <v>2024</v>
       </c>
       <c r="G62" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" s="1">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B63" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C63" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D63" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E63" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F63">
         <v>2024</v>
       </c>
       <c r="G63" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" s="1">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B64" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C64" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D64" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E64" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F64">
         <v>2024</v>
       </c>
       <c r="G64" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" s="1">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B65" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C65" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D65" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E65" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F65">
         <v>2024</v>
       </c>
       <c r="G65" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" s="1">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B66" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C66" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D66" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E66" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F66">
         <v>2024</v>
       </c>
       <c r="G66" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" s="1">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B67" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D67" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E67" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F67">
         <v>2024</v>
       </c>
       <c r="G67" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" s="1">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B68" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D68" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E68" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F68">
         <v>2024</v>
       </c>
       <c r="G68" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" s="1">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B69" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C69" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D69" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E69" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F69">
         <v>2024</v>
       </c>
       <c r="G69" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" s="1">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B70" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C70" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E70" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F70">
         <v>2024</v>
       </c>
       <c r="G70" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" s="1">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B71" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C71" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D71" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E71" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F71">
         <v>2024</v>
       </c>
       <c r="G71" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" s="1">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B72" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C72" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D72" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E72" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F72">
         <v>2024</v>
       </c>
       <c r="G72" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" s="1">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B73" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C73" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D73" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E73" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F73">
         <v>2024</v>
       </c>
       <c r="G73" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:26">
       <c r="A74" s="1">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B74" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C74" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D74" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E74" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F74">
         <v>2024</v>
       </c>
       <c r="G74" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" s="1">
-        <v>56</v>
+        <v>102</v>
       </c>
       <c r="B75" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C75" t="s">
-        <v>168</v>
+        <v>81</v>
       </c>
       <c r="D75" t="s">
-        <v>169</v>
+        <v>85</v>
       </c>
       <c r="E75" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F75">
         <v>2024</v>
       </c>
       <c r="G75" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" s="1">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B76" t="s">
         <v>171</v>
       </c>
       <c r="C76" t="s">
         <v>172</v>
       </c>
       <c r="D76" t="s">
         <v>173</v>
       </c>
       <c r="E76" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F76">
         <v>2024</v>
       </c>
       <c r="G76" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" s="1">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B77" t="s">
         <v>175</v>
       </c>
       <c r="C77" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D77" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="E77" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F77">
         <v>2024</v>
       </c>
       <c r="G77" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" s="1">
-        <v>152</v>
+        <v>57</v>
       </c>
       <c r="B78" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C78" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D78" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="E78" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F78">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G78" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" s="1">
-        <v>53</v>
+        <v>152</v>
       </c>
       <c r="B79" t="s">
         <v>181</v>
       </c>
       <c r="C79" t="s">
         <v>182</v>
       </c>
       <c r="D79" t="s">
         <v>183</v>
       </c>
       <c r="E79" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F79">
         <v>2023</v>
       </c>
       <c r="G79" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" s="1">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B80" t="s">
         <v>185</v>
       </c>
       <c r="C80" t="s">
         <v>186</v>
       </c>
       <c r="D80" t="s">
         <v>187</v>
       </c>
       <c r="E80" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F80">
         <v>2023</v>
       </c>
       <c r="G80" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" s="1">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B81" t="s">
         <v>189</v>
       </c>
       <c r="C81" t="s">
         <v>190</v>
       </c>
       <c r="D81" t="s">
         <v>191</v>
       </c>
       <c r="E81" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F81">
         <v>2023</v>
       </c>
       <c r="G81" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" s="1">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B82" t="s">
         <v>193</v>
       </c>
       <c r="C82" t="s">
         <v>194</v>
       </c>
       <c r="D82" t="s">
         <v>195</v>
       </c>
       <c r="E82" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F82">
         <v>2023</v>
       </c>
       <c r="G82" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" s="1">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B83" t="s">
         <v>197</v>
       </c>
       <c r="C83" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D83" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E83" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F83">
         <v>2023</v>
       </c>
       <c r="G83" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:26">
       <c r="A84" s="1">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B84" t="s">
+        <v>201</v>
+      </c>
+      <c r="C84" t="s">
+        <v>198</v>
+      </c>
+      <c r="D84" t="s">
         <v>199</v>
       </c>
-      <c r="C84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F84">
         <v>2023</v>
       </c>
       <c r="G84" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="85" spans="1:26">
       <c r="A85" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B85" t="s">
         <v>203</v>
       </c>
       <c r="C85" t="s">
         <v>204</v>
       </c>
       <c r="D85" t="s">
         <v>205</v>
       </c>
       <c r="E85" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F85">
         <v>2023</v>
       </c>
       <c r="G85" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="86" spans="1:26">
       <c r="A86" s="1">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B86" t="s">
         <v>207</v>
       </c>
       <c r="C86" t="s">
         <v>208</v>
       </c>
       <c r="D86" t="s">
         <v>209</v>
       </c>
       <c r="E86" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F86">
         <v>2023</v>
       </c>
       <c r="G86" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="87" spans="1:26">
       <c r="A87" s="1">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B87" t="s">
         <v>211</v>
       </c>
       <c r="C87" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D87" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E87" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F87">
         <v>2023</v>
       </c>
       <c r="G87" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="88" spans="1:26">
       <c r="A88" s="1">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B88" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C88" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D88" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E88" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F88">
         <v>2023</v>
       </c>
       <c r="G88" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" s="1">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B89" t="s">
+        <v>218</v>
+      </c>
+      <c r="C89" t="s">
+        <v>212</v>
+      </c>
+      <c r="D89" t="s">
         <v>216</v>
       </c>
-      <c r="C89" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E89" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F89">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G89" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" s="1">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="B90" t="s">
         <v>220</v>
       </c>
       <c r="C90" t="s">
         <v>221</v>
       </c>
       <c r="D90" t="s">
         <v>222</v>
       </c>
       <c r="E90" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F90">
         <v>2022</v>
       </c>
       <c r="G90" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B91" t="s">
         <v>224</v>
       </c>
       <c r="C91" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D91" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E91" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F91">
         <v>2022</v>
       </c>
       <c r="G91" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B92" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C92" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D92" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E92" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F92">
         <v>2022</v>
       </c>
       <c r="G92" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:26">
       <c r="A93" s="1">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B93" t="s">
+        <v>231</v>
+      </c>
+      <c r="C93" t="s">
+        <v>225</v>
+      </c>
+      <c r="D93" t="s">
         <v>229</v>
       </c>
-      <c r="C93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F93">
         <v>2022</v>
       </c>
       <c r="G93" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
     </row>
     <row r="94" spans="1:26">
       <c r="A94" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B94" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C94" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D94" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="E94" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F94">
         <v>2022</v>
       </c>
       <c r="G94" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="95" spans="1:26">
       <c r="A95" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C95" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="D95" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="E95" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F95">
         <v>2022</v>
       </c>
       <c r="G95" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="96" spans="1:26">
       <c r="A96" s="1">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B96" t="s">
         <v>237</v>
       </c>
       <c r="C96" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D96" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E96" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F96">
         <v>2022</v>
       </c>
       <c r="G96" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:26">
       <c r="A97" s="1">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B97" t="s">
+        <v>241</v>
+      </c>
+      <c r="C97" t="s">
+        <v>238</v>
+      </c>
+      <c r="D97" t="s">
         <v>239</v>
       </c>
-      <c r="C97" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E97" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F97">
         <v>2022</v>
       </c>
       <c r="G97" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="98" spans="1:26">
       <c r="A98" s="1">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B98" t="s">
         <v>243</v>
       </c>
       <c r="C98" t="s">
         <v>244</v>
       </c>
       <c r="D98" t="s">
         <v>245</v>
       </c>
       <c r="E98" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F98">
         <v>2022</v>
       </c>
       <c r="G98" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="99" spans="1:26">
       <c r="A99" s="1">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>247</v>
       </c>
       <c r="C99" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D99" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E99" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F99">
         <v>2022</v>
       </c>
       <c r="G99" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:26">
       <c r="A100" s="1">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B100" t="s">
+        <v>251</v>
+      </c>
+      <c r="C100" t="s">
+        <v>248</v>
+      </c>
+      <c r="D100" t="s">
         <v>249</v>
       </c>
-      <c r="C100" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F100">
         <v>2022</v>
       </c>
       <c r="G100" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="101" spans="1:26">
       <c r="A101" s="1">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B101" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C101" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D101" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="E101" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F101">
         <v>2022</v>
       </c>
       <c r="G101" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="102" spans="1:26">
       <c r="A102" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="B102" t="s">
         <v>255</v>
       </c>
       <c r="C102" t="s">
         <v>256</v>
       </c>
       <c r="D102" t="s">
         <v>257</v>
       </c>
       <c r="E102" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F102">
         <v>2022</v>
       </c>
       <c r="G102" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B103" t="s">
         <v>259</v>
       </c>
       <c r="C103" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D103" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E103" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F103">
         <v>2022</v>
       </c>
       <c r="G103" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="B104" t="s">
+        <v>263</v>
+      </c>
+      <c r="C104" t="s">
+        <v>260</v>
+      </c>
+      <c r="D104" t="s">
         <v>261</v>
       </c>
-      <c r="C104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E104" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F104">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G104" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="B105" t="s">
         <v>265</v>
       </c>
       <c r="C105" t="s">
         <v>266</v>
       </c>
       <c r="D105" t="s">
         <v>267</v>
       </c>
       <c r="E105" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F105">
         <v>2021</v>
       </c>
       <c r="G105" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B106" t="s">
         <v>269</v>
       </c>
       <c r="C106" t="s">
         <v>270</v>
       </c>
       <c r="D106" t="s">
         <v>271</v>
       </c>
       <c r="E106" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F106">
         <v>2021</v>
       </c>
       <c r="G106" t="s">
         <v>272</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26">
+      <c r="A107" s="1">
+        <v>3</v>
+      </c>
+      <c r="B107" t="s">
+        <v>273</v>
+      </c>
+      <c r="C107" t="s">
+        <v>274</v>
+      </c>
+      <c r="D107" t="s">
+        <v>275</v>
+      </c>
+      <c r="E107" t="s">
+        <v>26</v>
+      </c>
+      <c r="F107">
+        <v>2021</v>
+      </c>
+      <c r="G107" t="s">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">